--- v0 (2025-12-16)
+++ v1 (2026-03-16)
@@ -134,56 +134,56 @@
   <si>
     <t>Finnland</t>
   </si>
   <si>
     <t>Slowakei</t>
   </si>
   <si>
     <t>Norwegen</t>
   </si>
   <si>
     <t>Übriges Afrika</t>
   </si>
   <si>
     <t>Bulgarien</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>Griechenland</t>
   </si>
   <si>
     <t>Übriges Ostasien</t>
   </si>
   <si>
+    <t>Übriges Südamerika</t>
+  </si>
+  <si>
     <t>Irland</t>
   </si>
   <si>
-    <t>Übriges Südamerika</t>
-[...1 lines deleted...]
-  <si>
     <t>Kroatien</t>
   </si>
   <si>
     <t>Thailand</t>
   </si>
   <si>
     <t>Übriges Nordafrika</t>
   </si>
   <si>
     <t>Liechtenstein</t>
   </si>
   <si>
     <t>Saudi-Arabien</t>
   </si>
   <si>
     <t>Slowenien</t>
   </si>
   <si>
     <t>Serbien</t>
   </si>
   <si>
     <t>Mexiko</t>
   </si>
   <si>
     <t>Südafrika</t>
@@ -209,54 +209,54 @@
   <si>
     <t>Übriges Westasien</t>
   </si>
   <si>
     <t>Neuseeland, Ozeanien</t>
   </si>
   <si>
     <t>Taiwan (Chinesisches Taipei)</t>
   </si>
   <si>
     <t>Ägypten</t>
   </si>
   <si>
     <t>Übriges Zentralamerika, Karibik</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
     <t>Estland</t>
   </si>
   <si>
     <t>Zentralamerika, Karibik</t>
   </si>
   <si>
+    <t>Chile</t>
+  </si>
+  <si>
     <t>Serbien und Montenegro</t>
-  </si>
-[...1 lines deleted...]
-    <t>Chile</t>
   </si>
   <si>
     <t>Malaysien</t>
   </si>
   <si>
     <t>Baltische Staaten</t>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>Golf-Staaten</t>
   </si>
   <si>
     <t>Litauen</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>Island</t>
   </si>
@@ -472,99 +472,99 @@
     <xf numFmtId="164" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="5" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="4" applyFill="1" borderId="6" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="7" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="4" applyFill="1" borderId="7" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="8" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="9" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="10" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="4" applyFill="1" borderId="10" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="11" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="164" applyNumberFormat="1" fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="2" applyFont="1" fillId="2" applyFill="1" borderId="2" applyBorder="1" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" applyNumberFormat="1" fontId="0" applyFont="1" fillId="2" applyFill="1" borderId="3" applyBorder="1" xfId="0" applyProtection="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
-<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/></Relationships>
+<file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpg"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3048000" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="2" descr="" name="62fc2793-26ab-44e4-84ce-b586aad20840"/>
+        <xdr:cNvPr id="2" descr="" name="36be199e-b907-4768-8150-ad1153a56e88"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
   <xdr:oneCellAnchor>
     <xdr:from>
       <xdr:col>6</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:ext cx="3048000" cy="895350"/>
     <xdr:pic>
       <xdr:nvPicPr>
-        <xdr:cNvPr id="3" descr="" name="7db2ed25-01de-4dcb-b5bd-9a1081a20856"/>
+        <xdr:cNvPr id="3" descr="" name="a3dd9635-bd5f-4d33-814a-d8688a095639"/>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2" cstate="print"/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:oneCellAnchor>
 </xdr:wsDr>
 </file>
 
@@ -598,1834 +598,1834 @@
       </c>
       <c r="B7" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>3</v>
       </c>
       <c r="E7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F7" s="5" t="s">
         <v>2</v>
       </c>
       <c r="G7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="13" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="9">
-        <v>3609099</v>
+        <v>3609591</v>
       </c>
       <c r="C8" s="10">
-        <v>0.68008104971936356</v>
+        <v>0.68004510283786157</v>
       </c>
       <c r="D8" s="10">
-        <v>0.68008104971936356</v>
+        <v>0.68004510283786157</v>
       </c>
       <c r="E8" s="9">
-        <v>5707165</v>
+        <v>5706342</v>
       </c>
       <c r="F8" s="10">
-        <v>0.6565867541507463</v>
+        <v>0.65655189394549551</v>
       </c>
       <c r="G8" s="17">
-        <v>0.6565867541507463</v>
+        <v>0.65655189394549551</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="14" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="2">
-        <v>416049</v>
+        <v>416217</v>
       </c>
       <c r="C9" s="1">
-        <v>0.078398248608500767</v>
+        <v>0.078415070451989213</v>
       </c>
       <c r="D9" s="1">
-        <v>0.75847929832786432</v>
+        <v>0.75846017328985083</v>
       </c>
       <c r="E9" s="2">
-        <v>680436</v>
+        <v>680582</v>
       </c>
       <c r="F9" s="1">
-        <v>0.078281469809847293</v>
+        <v>0.078305401443729314</v>
       </c>
       <c r="G9" s="18">
-        <v>0.73486822396059348</v>
+        <v>0.73485729538922473</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="15" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
-        <v>359843</v>
+        <v>360214</v>
       </c>
       <c r="C10" s="8">
-        <v>0.067807063528643838</v>
+        <v>0.0678641338239256</v>
       </c>
       <c r="D10" s="8">
-        <v>0.82628636185650817</v>
+        <v>0.82632430711377636</v>
       </c>
       <c r="E10" s="7">
-        <v>647519</v>
+        <v>647918</v>
       </c>
       <c r="F10" s="8">
-        <v>0.074494499188465221</v>
+        <v>0.074547195036921643</v>
       </c>
       <c r="G10" s="19">
-        <v>0.80936272314905866</v>
+        <v>0.80940449042614637</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="14" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="2">
-        <v>118873</v>
+        <v>118848</v>
       </c>
       <c r="C11" s="1">
-        <v>0.022399849553389892</v>
+        <v>0.022390902565435855</v>
       </c>
       <c r="D11" s="1">
-        <v>0.848686211409898</v>
+        <v>0.84871520967921221</v>
       </c>
       <c r="E11" s="2">
-        <v>204164</v>
+        <v>203993</v>
       </c>
       <c r="F11" s="1">
-        <v>0.023488260471605949</v>
+        <v>0.023470726167766225</v>
       </c>
       <c r="G11" s="18">
-        <v>0.83285098362066468</v>
+        <v>0.83287521659391262</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="15" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="7">
-        <v>74325</v>
+        <v>74303</v>
       </c>
       <c r="C12" s="8">
-        <v>0.014005441252897662</v>
+        <v>0.013998647291663134</v>
       </c>
       <c r="D12" s="8">
-        <v>0.86269165266279579</v>
+        <v>0.86271385697087533</v>
       </c>
       <c r="E12" s="7">
-        <v>140073</v>
+        <v>139985</v>
       </c>
       <c r="F12" s="8">
-        <v>0.016114844483059009</v>
+        <v>0.016106187970149736</v>
       </c>
       <c r="G12" s="19">
-        <v>0.84896582810372367</v>
+        <v>0.84898140456406235</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="14" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="2">
-        <v>79959</v>
+        <v>80027</v>
       </c>
       <c r="C13" s="1">
-        <v>0.015067084791664234</v>
+        <v>0.015077045971359511</v>
       </c>
       <c r="D13" s="1">
-        <v>0.87775873745446</v>
+        <v>0.87779090294223494</v>
       </c>
       <c r="E13" s="2">
-        <v>136393</v>
+        <v>136076</v>
       </c>
       <c r="F13" s="1">
-        <v>0.015691475042141367</v>
+        <v>0.015656432005044081</v>
       </c>
       <c r="G13" s="18">
-        <v>0.86465730314586509</v>
+        <v>0.86463783656910642</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="15" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7">
-        <v>67463</v>
+        <v>67398</v>
       </c>
       <c r="C14" s="8">
-        <v>0.012712399370928154</v>
+        <v>0.012697748814496212</v>
       </c>
       <c r="D14" s="8">
-        <v>0.89047113682538814</v>
+        <v>0.890488651756731</v>
       </c>
       <c r="E14" s="7">
-        <v>122142</v>
+        <v>121946</v>
       </c>
       <c r="F14" s="8">
-        <v>0.014051953872979044</v>
+        <v>0.014030683274692856</v>
       </c>
       <c r="G14" s="19">
-        <v>0.87870925701884406</v>
+        <v>0.87866851984379934</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="2">
-        <v>62440</v>
+        <v>62476</v>
       </c>
       <c r="C15" s="1">
-        <v>0.011765889698364345</v>
+        <v>0.01177044652563081</v>
       </c>
       <c r="D15" s="1">
-        <v>0.90223702652375248</v>
+        <v>0.90225909828236184</v>
       </c>
       <c r="E15" s="2">
-        <v>107337</v>
+        <v>107441</v>
       </c>
       <c r="F15" s="1">
-        <v>0.01234869719559162</v>
+        <v>0.012361788346614692</v>
       </c>
       <c r="G15" s="18">
-        <v>0.89105795421443568</v>
+        <v>0.89103030819041407</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="15" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="7">
-        <v>55060</v>
+        <v>55058</v>
       </c>
       <c r="C16" s="8">
-        <v>0.010375238417551905</v>
+        <v>0.01037289911018921</v>
       </c>
       <c r="D16" s="8">
-        <v>0.91261226494130443</v>
+        <v>0.91263199739255108</v>
       </c>
       <c r="E16" s="7">
-        <v>101564</v>
+        <v>101546</v>
       </c>
       <c r="F16" s="8">
-        <v>0.011684536385152065</v>
+        <v>0.011683530118347146</v>
       </c>
       <c r="G16" s="19">
-        <v>0.90274249059958778</v>
+        <v>0.90271383830876106</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="2">
-        <v>72000</v>
+        <v>71803</v>
       </c>
       <c r="C17" s="1">
-        <v>0.013567329568901873</v>
+        <v>0.01352764856712768</v>
       </c>
       <c r="D17" s="1">
-        <v>0.92617959451020626</v>
+        <v>0.92615964595967881</v>
       </c>
       <c r="E17" s="2">
-        <v>89077</v>
+        <v>88813</v>
       </c>
       <c r="F17" s="1">
-        <v>0.010247956437125267</v>
+        <v>0.010218515356594696</v>
       </c>
       <c r="G17" s="18">
-        <v>0.91299044703671317</v>
+        <v>0.91293235366535586</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="7">
-        <v>39458</v>
+        <v>39482</v>
       </c>
       <c r="C18" s="8">
-        <v>0.0074352734740240284</v>
+        <v>0.0074383886568435177</v>
       </c>
       <c r="D18" s="8">
-        <v>0.93361486798423032</v>
+        <v>0.93359803461652224</v>
       </c>
       <c r="E18" s="7">
-        <v>80544</v>
+        <v>80603</v>
       </c>
       <c r="F18" s="8">
-        <v>0.00926626854599748</v>
+        <v>0.0092739012676928186</v>
       </c>
       <c r="G18" s="19">
-        <v>0.92225671558271061</v>
+        <v>0.92220625493304864</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B19" s="2">
-        <v>25341</v>
+        <v>25395</v>
       </c>
       <c r="C19" s="1">
-        <v>0.0047751347028547548</v>
+        <v>0.0047844050438311412</v>
       </c>
       <c r="D19" s="1">
-        <v>0.93839000268708506</v>
+        <v>0.9383824396603534</v>
       </c>
       <c r="E19" s="2">
-        <v>55734</v>
+        <v>55831</v>
       </c>
       <c r="F19" s="1">
-        <v>0.00641197620111521</v>
+        <v>0.0064237209741145824</v>
       </c>
       <c r="G19" s="18">
-        <v>0.92866869178382583</v>
+        <v>0.92862997590716323</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="15" t="s">
         <v>17</v>
       </c>
       <c r="B20" s="7">
-        <v>20465</v>
+        <v>20470</v>
       </c>
       <c r="C20" s="8">
-        <v>0.003856324994827456</v>
+        <v>0.0038565375564962971</v>
       </c>
       <c r="D20" s="8">
-        <v>0.94224632768191252</v>
+        <v>0.94223897721684968</v>
       </c>
       <c r="E20" s="7">
-        <v>38488</v>
+        <v>38505</v>
       </c>
       <c r="F20" s="8">
-        <v>0.0044278921309886645</v>
+        <v>0.0044302515826025327</v>
       </c>
       <c r="G20" s="19">
-        <v>0.93309658391481443</v>
+        <v>0.9330602274897658</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="14" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="2">
-        <v>17179</v>
+        <v>17156</v>
       </c>
       <c r="C21" s="1">
-        <v>0.0032371271481134068</v>
+        <v>0.0032321816472520993</v>
       </c>
       <c r="D21" s="1">
-        <v>0.94548345483002583</v>
+        <v>0.94547115886410182</v>
       </c>
       <c r="E21" s="2">
-        <v>36428</v>
+        <v>36363</v>
       </c>
       <c r="F21" s="1">
-        <v>0.0041908972809097658</v>
+        <v>0.0041838005011862337</v>
       </c>
       <c r="G21" s="18">
-        <v>0.93728748119572414</v>
+        <v>0.93724402799095208</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="15" t="s">
         <v>19</v>
       </c>
       <c r="B22" s="7">
-        <v>17186</v>
+        <v>17193</v>
       </c>
       <c r="C22" s="8">
-        <v>0.0032384461940437163</v>
+        <v>0.0032391524283752241</v>
       </c>
       <c r="D22" s="8">
-        <v>0.94872190102406961</v>
+        <v>0.94871031129247707</v>
       </c>
       <c r="E22" s="7">
-        <v>34471</v>
+        <v>34493</v>
       </c>
       <c r="F22" s="8">
-        <v>0.0039657521733348121</v>
+        <v>0.003968644795187876</v>
       </c>
       <c r="G22" s="19">
-        <v>0.941253233369059</v>
+        <v>0.94121267278613985</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="14" t="s">
         <v>20</v>
       </c>
       <c r="B23" s="2">
-        <v>22384</v>
+        <v>22382</v>
       </c>
       <c r="C23" s="1">
-        <v>0.0042179320148652711</v>
+        <v>0.0042167573810210123</v>
       </c>
       <c r="D23" s="1">
-        <v>0.95293983303893492</v>
+        <v>0.95292706867349808</v>
       </c>
       <c r="E23" s="2">
-        <v>28427</v>
+        <v>28425</v>
       </c>
       <c r="F23" s="1">
-        <v>0.003270413885045073</v>
+        <v>0.0032704817877022983</v>
       </c>
       <c r="G23" s="18">
-        <v>0.94452364725410409</v>
+        <v>0.94448315457384213</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="15" t="s">
         <v>21</v>
       </c>
       <c r="B24" s="7">
-        <v>18233</v>
+        <v>18249</v>
       </c>
       <c r="C24" s="8">
-        <v>0.0034357377781914977</v>
+        <v>0.003438102289619</v>
       </c>
       <c r="D24" s="8">
-        <v>0.95637557081712632</v>
+        <v>0.95636517096311713</v>
       </c>
       <c r="E24" s="7">
-        <v>27208</v>
+        <v>27233</v>
       </c>
       <c r="F24" s="8">
-        <v>0.0031301727577411034</v>
+        <v>0.0031333344071942546</v>
       </c>
       <c r="G24" s="19">
-        <v>0.94765382001184517</v>
+        <v>0.94761648898103634</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="14" t="s">
         <v>22</v>
       </c>
       <c r="B25" s="2">
-        <v>15036</v>
+        <v>15074</v>
       </c>
       <c r="C25" s="1">
-        <v>0.0028333106583056742</v>
+        <v>0.0028399339094589732</v>
       </c>
       <c r="D25" s="1">
-        <v>0.959208881475432</v>
+        <v>0.959205104872576</v>
       </c>
       <c r="E25" s="2">
-        <v>26560</v>
+        <v>26637</v>
       </c>
       <c r="F25" s="1">
-        <v>0.0030556229214056051</v>
+        <v>0.0030647607169402326</v>
       </c>
       <c r="G25" s="18">
-        <v>0.95070944293325077</v>
+        <v>0.95068124969797674</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B26" s="7">
-        <v>14181</v>
+        <v>14145</v>
       </c>
       <c r="C26" s="8">
-        <v>0.0026721986196749643</v>
+        <v>0.0026649107834215984</v>
       </c>
       <c r="D26" s="8">
-        <v>0.961881080095107</v>
+        <v>0.96187001565599772</v>
       </c>
       <c r="E26" s="7">
-        <v>26202</v>
+        <v>26199</v>
       </c>
       <c r="F26" s="8">
-        <v>0.0030144364377511167</v>
+        <v>0.003014365957995163</v>
       </c>
       <c r="G26" s="19">
-        <v>0.95372387937100189</v>
+        <v>0.95369561565597172</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="14" t="s">
         <v>24</v>
       </c>
       <c r="B27" s="2">
         <v>11861</v>
       </c>
       <c r="C27" s="1">
-        <v>0.002235029111343682</v>
+        <v>0.0022346063486860077</v>
       </c>
       <c r="D27" s="1">
-        <v>0.96411610920645074</v>
+        <v>0.96410462200468361</v>
       </c>
       <c r="E27" s="2">
-        <v>24624</v>
+        <v>24669</v>
       </c>
       <c r="F27" s="1">
-        <v>0.0028328937807489316</v>
+        <v>0.0028383294712692351</v>
       </c>
       <c r="G27" s="18">
-        <v>0.95655677315175092</v>
+        <v>0.9565339451272411</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="15" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="7">
-        <v>11495</v>
+        <v>11488</v>
       </c>
       <c r="C28" s="8">
-        <v>0.0021660618527017642</v>
+        <v>0.0021643333389853182</v>
       </c>
       <c r="D28" s="8">
-        <v>0.96628217105915248</v>
+        <v>0.966268955343669</v>
       </c>
       <c r="E28" s="7">
-        <v>21929</v>
+        <v>21943</v>
       </c>
       <c r="F28" s="8">
-        <v>0.0025228446929029939</v>
+        <v>0.0025246853779261752</v>
       </c>
       <c r="G28" s="19">
-        <v>0.9590796178446539</v>
+        <v>0.95905863050516726</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="14" t="s">
         <v>26</v>
       </c>
       <c r="B29" s="2">
-        <v>11793</v>
+        <v>11797</v>
       </c>
       <c r="C29" s="1">
-        <v>0.0022222155223063861</v>
+        <v>0.0022225487813379</v>
       </c>
       <c r="D29" s="1">
-        <v>0.96850438658145888</v>
+        <v>0.96849150412500684</v>
       </c>
       <c r="E29" s="2">
-        <v>21019</v>
+        <v>21030</v>
       </c>
       <c r="F29" s="1">
-        <v>0.0024181527931108589</v>
+        <v>0.0024196387685269773</v>
       </c>
       <c r="G29" s="18">
-        <v>0.96149777063776465</v>
+        <v>0.96147826927369429</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="15" t="s">
         <v>27</v>
       </c>
       <c r="B30" s="7">
-        <v>12912</v>
+        <v>12932</v>
       </c>
       <c r="C30" s="8">
-        <v>0.0024330744360230691</v>
+        <v>0.0024363822022769963</v>
       </c>
       <c r="D30" s="8">
-        <v>0.97093746101748191</v>
+        <v>0.97092788632728388</v>
       </c>
       <c r="E30" s="7">
-        <v>20515</v>
+        <v>20552</v>
       </c>
       <c r="F30" s="8">
-        <v>0.0023601695870721379</v>
+        <v>0.0023646417484910337</v>
       </c>
       <c r="G30" s="19">
-        <v>0.96385794022483684</v>
+        <v>0.96384291102218522</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="2">
-        <v>10194</v>
+        <v>10148</v>
       </c>
       <c r="C31" s="1">
-        <v>0.0019209077447970234</v>
+        <v>0.0019118780226343147</v>
       </c>
       <c r="D31" s="1">
-        <v>0.97285836876227894</v>
+        <v>0.97283976434991815</v>
       </c>
       <c r="E31" s="2">
-        <v>20325</v>
+        <v>20216</v>
       </c>
       <c r="F31" s="1">
-        <v>0.00233831083876389</v>
+        <v>0.0023259827553276926</v>
       </c>
       <c r="G31" s="18">
-        <v>0.96619625106360074</v>
+        <v>0.96616889377751292</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="15" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="7">
-        <v>8511</v>
+        <v>8505</v>
       </c>
       <c r="C32" s="8">
-        <v>0.0016037714161239421</v>
+        <v>0.0016023376608696146</v>
       </c>
       <c r="D32" s="8">
-        <v>0.97446214017840294</v>
+        <v>0.97444210201078774</v>
       </c>
       <c r="E32" s="7">
-        <v>17477</v>
+        <v>17391</v>
       </c>
       <c r="F32" s="8">
-        <v>0.0020106597062276264</v>
+        <v>0.00200094806578472</v>
       </c>
       <c r="G32" s="19">
-        <v>0.96820691076982834</v>
+        <v>0.96816984184329768</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="14" t="s">
         <v>30</v>
       </c>
       <c r="B33" s="2">
-        <v>6676</v>
+        <v>6673</v>
       </c>
       <c r="C33" s="1">
-        <v>0.0012579929472498457</v>
+        <v>0.0012571897955300337</v>
       </c>
       <c r="D33" s="1">
-        <v>0.97572013312565264</v>
+        <v>0.97569929180631787</v>
       </c>
       <c r="E33" s="2">
-        <v>16843</v>
+        <v>16834</v>
       </c>
       <c r="F33" s="1">
-        <v>0.0019377205145043152</v>
+        <v>0.0019368615800943003</v>
       </c>
       <c r="G33" s="18">
-        <v>0.97014463128433259</v>
+        <v>0.970106703423392</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="15" t="s">
         <v>31</v>
       </c>
       <c r="B34" s="7">
-        <v>7298</v>
+        <v>7292</v>
       </c>
       <c r="C34" s="8">
-        <v>0.001375199599914526</v>
+        <v>0.0013738090797250121</v>
       </c>
       <c r="D34" s="8">
-        <v>0.97709533272556726</v>
+        <v>0.97707310088604282</v>
       </c>
       <c r="E34" s="7">
-        <v>13246</v>
+        <v>13255</v>
       </c>
       <c r="F34" s="8">
-        <v>0.0015238998952160634</v>
+        <v>0.0015250742689883539</v>
       </c>
       <c r="G34" s="19">
-        <v>0.97166853117954866</v>
+        <v>0.97163177769238029</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="14" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="2">
-        <v>7347</v>
+        <v>7343</v>
       </c>
       <c r="C35" s="1">
-        <v>0.0013844329214266953</v>
+        <v>0.0013834174537055355</v>
       </c>
       <c r="D35" s="1">
-        <v>0.9784797656469939</v>
+        <v>0.97845651833974834</v>
       </c>
       <c r="E35" s="2">
-        <v>12916</v>
+        <v>12904</v>
       </c>
       <c r="F35" s="1">
-        <v>0.0014859347007859488</v>
+        <v>0.0014846894279159351</v>
       </c>
       <c r="G35" s="18">
-        <v>0.97315446588033461</v>
+        <v>0.9731164671202962</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="15" t="s">
         <v>33</v>
       </c>
       <c r="B36" s="7">
-        <v>6116</v>
+        <v>6103</v>
       </c>
       <c r="C36" s="8">
-        <v>0.0011524692728250533</v>
+        <v>0.0011498020863359502</v>
       </c>
       <c r="D36" s="8">
-        <v>0.979632234919819</v>
+        <v>0.97960632042608431</v>
       </c>
       <c r="E36" s="7">
-        <v>11799</v>
+        <v>11781</v>
       </c>
       <c r="F36" s="8">
-        <v>0.0013574282699421964</v>
+        <v>0.0013554809477896491</v>
       </c>
       <c r="G36" s="19">
-        <v>0.97451189415027684</v>
+        <v>0.9744719480680859</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="14" t="s">
         <v>34</v>
       </c>
       <c r="B37" s="2">
-        <v>5294</v>
+        <v>5290</v>
       </c>
       <c r="C37" s="1">
-        <v>0.00099757559358009036</v>
+        <v>0.00099663330111702045</v>
       </c>
       <c r="D37" s="1">
-        <v>0.98062981051339915</v>
+        <v>0.9806029537272013</v>
       </c>
       <c r="E37" s="2">
-        <v>11162</v>
+        <v>11171</v>
       </c>
       <c r="F37" s="1">
-        <v>0.0012841439400877021</v>
+        <v>0.0012852964661538215</v>
       </c>
       <c r="G37" s="18">
-        <v>0.97579603809036453</v>
+        <v>0.97575724453423973</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="15" t="s">
         <v>35</v>
       </c>
       <c r="B38" s="7">
         <v>3758</v>
       </c>
       <c r="C38" s="8">
-        <v>0.00070813922944351713</v>
+        <v>0.00070800528272169441</v>
       </c>
       <c r="D38" s="8">
-        <v>0.98133794974284261</v>
+        <v>0.981310959009923</v>
       </c>
       <c r="E38" s="7">
-        <v>10032</v>
+        <v>10029</v>
       </c>
       <c r="F38" s="8">
-        <v>0.0011541419106754906</v>
+        <v>0.0011539019120093703</v>
       </c>
       <c r="G38" s="19">
-        <v>0.97695018000104006</v>
+        <v>0.9769111464462491</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="14" t="s">
         <v>36</v>
       </c>
       <c r="B39" s="2">
-        <v>5462</v>
+        <v>5465</v>
       </c>
       <c r="C39" s="1">
-        <v>0.0010292326959075282</v>
+        <v>0.0010296032118345024</v>
       </c>
       <c r="D39" s="1">
-        <v>0.9823671824387501</v>
+        <v>0.98234056222175758</v>
       </c>
       <c r="E39" s="2">
-        <v>9718</v>
+        <v>9724</v>
       </c>
       <c r="F39" s="1">
-        <v>0.0011180174529450177</v>
+        <v>0.0011188096711914565</v>
       </c>
       <c r="G39" s="18">
-        <v>0.9780681974539851</v>
+        <v>0.97802995611744048</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="15" t="s">
         <v>37</v>
       </c>
       <c r="B40" s="7">
-        <v>4607</v>
+        <v>4631</v>
       </c>
       <c r="C40" s="8">
-        <v>0.00086812065727681837</v>
+        <v>0.0008724780373294749</v>
       </c>
       <c r="D40" s="8">
-        <v>0.98323530309602691</v>
+        <v>0.98321304025908707</v>
       </c>
       <c r="E40" s="7">
-        <v>9589</v>
+        <v>9640</v>
       </c>
       <c r="F40" s="8">
-        <v>0.0011031765133041548</v>
+        <v>0.001109144922900621</v>
       </c>
       <c r="G40" s="19">
-        <v>0.97917137396728926</v>
+        <v>0.97913910104034119</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="14" t="s">
         <v>38</v>
       </c>
       <c r="B41" s="2">
-        <v>2975</v>
+        <v>2978</v>
       </c>
       <c r="C41" s="1">
-        <v>0.00056059452038170927</v>
+        <v>0.0005610536806666327</v>
       </c>
       <c r="D41" s="1">
-        <v>0.98379589761640862</v>
+        <v>0.98377409393975368</v>
       </c>
       <c r="E41" s="2">
-        <v>8687</v>
+        <v>8696</v>
       </c>
       <c r="F41" s="1">
-        <v>0.000999404981861841</v>
+        <v>0.0010005315611559961</v>
       </c>
       <c r="G41" s="18">
-        <v>0.98017077894915106</v>
+        <v>0.98013963260149717</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="15" t="s">
         <v>39</v>
       </c>
       <c r="B42" s="7">
-        <v>4373</v>
+        <v>4380</v>
       </c>
       <c r="C42" s="8">
-        <v>0.00082402683617788729</v>
+        <v>0.00082518976538611532</v>
       </c>
       <c r="D42" s="8">
-        <v>0.9846199244525865</v>
+        <v>0.98459928370513972</v>
       </c>
       <c r="E42" s="7">
-        <v>8493</v>
+        <v>8499</v>
       </c>
       <c r="F42" s="8">
-        <v>0.00097708604937868241</v>
+        <v>0.00097786542528344178</v>
       </c>
       <c r="G42" s="19">
-        <v>0.98114786499852968</v>
+        <v>0.98111749802678061</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="14" t="s">
         <v>40</v>
       </c>
       <c r="B43" s="2">
-        <v>3360</v>
+        <v>3352</v>
       </c>
       <c r="C43" s="1">
-        <v>0.00063314204654875406</v>
+        <v>0.00063151508985713673</v>
       </c>
       <c r="D43" s="1">
-        <v>0.98525306649913535</v>
+        <v>0.98523079879499686</v>
       </c>
       <c r="E43" s="2">
-        <v>8291</v>
+        <v>8268</v>
       </c>
       <c r="F43" s="1">
-        <v>0.000953846748545703</v>
+        <v>0.00095128736748364474</v>
       </c>
       <c r="G43" s="18">
-        <v>0.9821017117470755</v>
+        <v>0.98206878539426423</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="15" t="s">
         <v>41</v>
       </c>
       <c r="B44" s="7">
-        <v>5100</v>
+        <v>5101</v>
       </c>
       <c r="C44" s="8">
-        <v>0.00096101917779721588</v>
+        <v>0.0009610257975421403</v>
       </c>
       <c r="D44" s="8">
-        <v>0.98621408567693247</v>
+        <v>0.98619182459253907</v>
       </c>
       <c r="E44" s="7">
-        <v>8119</v>
+        <v>8131</v>
       </c>
       <c r="F44" s="8">
-        <v>0.00093405882902455222</v>
+        <v>0.00093552462324740157</v>
       </c>
       <c r="G44" s="19">
-        <v>0.98303577057609992</v>
+        <v>0.98300431001751165</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="14" t="s">
         <v>42</v>
       </c>
       <c r="B45" s="2">
-        <v>3805</v>
+        <v>3710</v>
       </c>
       <c r="C45" s="1">
-        <v>0.00071699568068988369</v>
+        <v>0.00069896210721061367</v>
       </c>
       <c r="D45" s="1">
-        <v>0.98693108135762242</v>
+        <v>0.98689078669974961</v>
       </c>
       <c r="E45" s="2">
-        <v>7787</v>
+        <v>7832</v>
       </c>
       <c r="F45" s="1">
-        <v>0.00089586354250698215</v>
+        <v>0.00090112272159311878</v>
       </c>
       <c r="G45" s="18">
-        <v>0.98393163411860707</v>
+        <v>0.9839054327391048</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="15" t="s">
         <v>43</v>
       </c>
       <c r="B46" s="7">
-        <v>3648</v>
+        <v>3811</v>
       </c>
       <c r="C46" s="8">
-        <v>0.00068741136482436144</v>
+        <v>0.000717990455681846</v>
       </c>
       <c r="D46" s="8">
-        <v>0.98761849272244684</v>
+        <v>0.98760877715543149</v>
       </c>
       <c r="E46" s="7">
-        <v>7656</v>
+        <v>7780</v>
       </c>
       <c r="F46" s="8">
-        <v>0.00088079251077866386</v>
+        <v>0.00089513978217498264</v>
       </c>
       <c r="G46" s="19">
-        <v>0.98481242662938562</v>
+        <v>0.98480057252127973</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="14" t="s">
         <v>44</v>
       </c>
       <c r="B47" s="2">
-        <v>2857</v>
+        <v>2849</v>
       </c>
       <c r="C47" s="1">
-        <v>0.00053835917469934242</v>
+        <v>0.00053675014648060337</v>
       </c>
       <c r="D47" s="1">
-        <v>0.98815685189714608</v>
+        <v>0.98814552730191207</v>
       </c>
       <c r="E47" s="2">
-        <v>7123</v>
+        <v>7119</v>
       </c>
       <c r="F47" s="1">
-        <v>0.000819472969471842</v>
+        <v>0.00081908741764829054</v>
       </c>
       <c r="G47" s="18">
-        <v>0.98563189959885744</v>
+        <v>0.98561965993892808</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="15" t="s">
         <v>45</v>
       </c>
       <c r="B48" s="7">
-        <v>4539</v>
+        <v>4535</v>
       </c>
       <c r="C48" s="8">
-        <v>0.00085530706823952224</v>
+        <v>0.00085439168630731352</v>
       </c>
       <c r="D48" s="8">
-        <v>0.98901215896538563</v>
+        <v>0.98899991898821948</v>
       </c>
       <c r="E48" s="7">
-        <v>7001</v>
+        <v>6988</v>
       </c>
       <c r="F48" s="8">
-        <v>0.00080543735213707232</v>
+        <v>0.0008040150125756785</v>
       </c>
       <c r="G48" s="19">
-        <v>0.98643733695099456</v>
+        <v>0.98642367495150363</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="14" t="s">
         <v>46</v>
       </c>
       <c r="B49" s="2">
-        <v>2629</v>
+        <v>2665</v>
       </c>
       <c r="C49" s="1">
-        <v>0.00049539596439781978</v>
+        <v>0.000502084640354794</v>
       </c>
       <c r="D49" s="1">
-        <v>0.98950755492978348</v>
+        <v>0.98950200362857421</v>
       </c>
       <c r="E49" s="2">
-        <v>6835</v>
+        <v>6870</v>
       </c>
       <c r="F49" s="1">
-        <v>0.00078633970887828728</v>
+        <v>0.00079043834235760025</v>
       </c>
       <c r="G49" s="18">
-        <v>0.98722367665987287</v>
+        <v>0.98721411329386122</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="15" t="s">
         <v>47</v>
       </c>
       <c r="B50" s="7">
-        <v>4003</v>
+        <v>4017</v>
       </c>
       <c r="C50" s="8">
-        <v>0.00075430583700436375</v>
+        <v>0.00075680075058356749</v>
       </c>
       <c r="D50" s="8">
-        <v>0.99026186076678779</v>
+        <v>0.99025880437915781</v>
       </c>
       <c r="E50" s="7">
-        <v>6596</v>
+        <v>6650</v>
       </c>
       <c r="F50" s="8">
-        <v>0.000758843704427386</v>
+        <v>0.00076512590635779358</v>
       </c>
       <c r="G50" s="19">
-        <v>0.98798252036430023</v>
+        <v>0.98797923920021913</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="14" t="s">
         <v>48</v>
       </c>
       <c r="B51" s="2">
-        <v>2812</v>
+        <v>2818</v>
       </c>
       <c r="C51" s="1">
-        <v>0.0005298795937187787</v>
+        <v>0.00053090976229636371</v>
       </c>
       <c r="D51" s="1">
-        <v>0.99079174036050655</v>
+        <v>0.99078971414145411</v>
       </c>
       <c r="E51" s="2">
-        <v>5932</v>
+        <v>5924</v>
       </c>
       <c r="F51" s="1">
-        <v>0.00068245313139224579</v>
+        <v>0.00068159486755843155</v>
       </c>
       <c r="G51" s="18">
-        <v>0.98866497349569249</v>
+        <v>0.98866083406777761</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="15" t="s">
         <v>49</v>
       </c>
       <c r="B52" s="7">
-        <v>2976</v>
+        <v>2974</v>
       </c>
       <c r="C52" s="8">
-        <v>0.0005607829555146107</v>
+        <v>0.000560300082707376</v>
       </c>
       <c r="D52" s="8">
-        <v>0.99135252331602131</v>
+        <v>0.99135001422416158</v>
       </c>
       <c r="E52" s="7">
-        <v>5885</v>
+        <v>5889</v>
       </c>
       <c r="F52" s="8">
-        <v>0.00067704596733704774</v>
+        <v>0.00067756788910391681</v>
       </c>
       <c r="G52" s="19">
-        <v>0.98934201946302958</v>
+        <v>0.9893384019568815</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="14" t="s">
         <v>50</v>
       </c>
       <c r="B53" s="2">
-        <v>1912</v>
+        <v>1944</v>
       </c>
       <c r="C53" s="1">
-        <v>0.00036028797410750526</v>
+        <v>0.000366248608198769</v>
       </c>
       <c r="D53" s="1">
-        <v>0.99171281129012867</v>
+        <v>0.99171626283236025</v>
       </c>
       <c r="E53" s="2">
-        <v>5521</v>
+        <v>5570</v>
       </c>
       <c r="F53" s="1">
-        <v>0.00063516920742019375</v>
+        <v>0.000640864856904197</v>
       </c>
       <c r="G53" s="18">
-        <v>0.9899771886704497</v>
+        <v>0.98997926681378567</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="15" t="s">
         <v>51</v>
       </c>
       <c r="B54" s="7">
-        <v>2780</v>
+        <v>2762</v>
       </c>
       <c r="C54" s="8">
-        <v>0.00052384966946593338</v>
+        <v>0.00052035939086676958</v>
       </c>
       <c r="D54" s="8">
-        <v>0.99223666095959462</v>
+        <v>0.99223662222322717</v>
       </c>
       <c r="E54" s="7">
-        <v>5439</v>
+        <v>5414</v>
       </c>
       <c r="F54" s="8">
-        <v>0.00062573543183452884</v>
+        <v>0.00062291603864978872</v>
       </c>
       <c r="G54" s="19">
-        <v>0.99060292410228423</v>
+        <v>0.9906021828524354</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="14" t="s">
         <v>52</v>
       </c>
       <c r="B55" s="2">
         <v>1953</v>
       </c>
       <c r="C55" s="1">
-        <v>0.00036801381455646328</v>
+        <v>0.00036794420360709661</v>
       </c>
       <c r="D55" s="1">
-        <v>0.99260467477415115</v>
+        <v>0.99260456642683415</v>
       </c>
       <c r="E55" s="2">
-        <v>5286</v>
+        <v>5271</v>
       </c>
       <c r="F55" s="1">
-        <v>0.00060813338714420283</v>
+        <v>0.00060646295524991432</v>
       </c>
       <c r="G55" s="18">
-        <v>0.9912110574894285</v>
+        <v>0.99120864580768531</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="15" t="s">
         <v>53</v>
       </c>
       <c r="B56" s="7">
-        <v>2928</v>
+        <v>2919</v>
       </c>
       <c r="C56" s="8">
-        <v>0.00055173806913534282</v>
+        <v>0.000549938110767596</v>
       </c>
       <c r="D56" s="8">
-        <v>0.99315641284328648</v>
+        <v>0.99315450453760179</v>
       </c>
       <c r="E56" s="7">
-        <v>5193</v>
+        <v>5183</v>
       </c>
       <c r="F56" s="8">
-        <v>0.00059743410507753412</v>
+        <v>0.00059633798084999167</v>
       </c>
       <c r="G56" s="19">
-        <v>0.991808491594506</v>
+        <v>0.99180498378853532</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="14" t="s">
         <v>54</v>
       </c>
       <c r="B57" s="2">
-        <v>2890</v>
+        <v>2897</v>
       </c>
       <c r="C57" s="1">
-        <v>0.00054457753408508906</v>
+        <v>0.000545793321991684</v>
       </c>
       <c r="D57" s="1">
-        <v>0.99370099037737158</v>
+        <v>0.99370029785959335</v>
       </c>
       <c r="E57" s="2">
-        <v>5086</v>
+        <v>5102</v>
       </c>
       <c r="F57" s="1">
-        <v>0.00058512417839867866</v>
+        <v>0.0005870184021409718</v>
       </c>
       <c r="G57" s="18">
-        <v>0.99239361577290464</v>
+        <v>0.99239200219067625</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="15" t="s">
         <v>55</v>
       </c>
       <c r="B58" s="7">
-        <v>2064</v>
+        <v>2067</v>
       </c>
       <c r="C58" s="8">
-        <v>0.00038893011430852034</v>
+        <v>0.00038942174544591337</v>
       </c>
       <c r="D58" s="8">
-        <v>0.99408992049168</v>
+        <v>0.99408971960503922</v>
       </c>
       <c r="E58" s="7">
-        <v>4647</v>
+        <v>4650</v>
       </c>
       <c r="F58" s="8">
-        <v>0.00053461896520225324</v>
+        <v>0.00053501285181409622</v>
       </c>
       <c r="G58" s="19">
-        <v>0.99292823473810687</v>
+        <v>0.99292701504249037</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="14" t="s">
         <v>56</v>
       </c>
       <c r="B59" s="2">
         <v>2081</v>
       </c>
       <c r="C59" s="1">
-        <v>0.00039213351156784437</v>
+        <v>0.0003920593383033119</v>
       </c>
       <c r="D59" s="1">
-        <v>0.99448205400324785</v>
+        <v>0.99448177894334278</v>
       </c>
       <c r="E59" s="2">
         <v>4188</v>
       </c>
       <c r="F59" s="1">
-        <v>0.00048181283113127538</v>
+        <v>0.00048185673621450219</v>
       </c>
       <c r="G59" s="18">
-        <v>0.99341004756923834</v>
+        <v>0.99340887177870485</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="15" t="s">
         <v>57</v>
       </c>
       <c r="B60" s="7">
-        <v>2005</v>
+        <v>2003</v>
       </c>
       <c r="C60" s="8">
-        <v>0.00037781244146733691</v>
+        <v>0.00037736417809780575</v>
       </c>
       <c r="D60" s="8">
-        <v>0.99485986644471514</v>
+        <v>0.99485914312144053</v>
       </c>
       <c r="E60" s="7">
-        <v>4110</v>
+        <v>4104</v>
       </c>
       <c r="F60" s="8">
-        <v>0.00047283923972052096</v>
+        <v>0.00047219198792366692</v>
       </c>
       <c r="G60" s="19">
-        <v>0.99388288680895864</v>
+        <v>0.99388106376662866</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="14" t="s">
         <v>58</v>
       </c>
       <c r="B61" s="2">
-        <v>1927</v>
+        <v>1921</v>
       </c>
       <c r="C61" s="1">
-        <v>0.0003631145011010265</v>
+        <v>0.0003619154199330428</v>
       </c>
       <c r="D61" s="1">
-        <v>0.99522298094581629</v>
+        <v>0.99522105854137344</v>
       </c>
       <c r="E61" s="2">
-        <v>3952</v>
+        <v>3943</v>
       </c>
       <c r="F61" s="1">
-        <v>0.0004546619648115569</v>
+        <v>0.00045366788703289927</v>
       </c>
       <c r="G61" s="18">
-        <v>0.99433754877377023</v>
+        <v>0.99433473165366149</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="15" t="s">
         <v>59</v>
       </c>
       <c r="B62" s="7">
-        <v>1778</v>
+        <v>1773</v>
       </c>
       <c r="C62" s="8">
-        <v>0.00033503766629871569</v>
+        <v>0.00033403229544054394</v>
       </c>
       <c r="D62" s="8">
-        <v>0.995558018612115</v>
+        <v>0.995555090836814</v>
       </c>
       <c r="E62" s="7">
-        <v>3600</v>
+        <v>3595</v>
       </c>
       <c r="F62" s="8">
-        <v>0.00041416575741943439</v>
+        <v>0.00041362821554229596</v>
       </c>
       <c r="G62" s="19">
-        <v>0.99475171453118971</v>
+        <v>0.99474835986920385</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="14" t="s">
         <v>60</v>
       </c>
       <c r="B63" s="2">
-        <v>1480</v>
+        <v>1474</v>
       </c>
       <c r="C63" s="1">
-        <v>0.000278883996694094</v>
+        <v>0.00027770084798610367</v>
       </c>
       <c r="D63" s="1">
-        <v>0.99583690260880908</v>
+        <v>0.9958327916848001</v>
       </c>
       <c r="E63" s="2">
-        <v>3516</v>
+        <v>3510</v>
       </c>
       <c r="F63" s="1">
-        <v>0.00040450188974631431</v>
+        <v>0.00040384841072418882</v>
       </c>
       <c r="G63" s="18">
-        <v>0.995156216420936</v>
+        <v>0.9951522082799279</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="15" t="s">
         <v>61</v>
       </c>
       <c r="B64" s="7">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="C64" s="8">
-        <v>0.00043716950833128256</v>
+        <v>0.00043821721330778639</v>
       </c>
       <c r="D64" s="8">
-        <v>0.99627407211714047</v>
+        <v>0.99627100889810793</v>
       </c>
       <c r="E64" s="7">
-        <v>3421</v>
+        <v>3427</v>
       </c>
       <c r="F64" s="8">
-        <v>0.00039357251559219033</v>
+        <v>0.00039429871896062537</v>
       </c>
       <c r="G64" s="19">
-        <v>0.99554978893652823</v>
+        <v>0.99554650699888869</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="14" t="s">
         <v>62</v>
       </c>
       <c r="B65" s="2">
-        <v>1380</v>
+        <v>1383</v>
       </c>
       <c r="C65" s="1">
-        <v>0.00026004048340395257</v>
+        <v>0.00026055649441301314</v>
       </c>
       <c r="D65" s="1">
-        <v>0.99653411260054447</v>
+        <v>0.996531565392521</v>
       </c>
       <c r="E65" s="2">
-        <v>3347</v>
+        <v>3354</v>
       </c>
       <c r="F65" s="1">
-        <v>0.0003850591083563464</v>
+        <v>0.00038589959246978042</v>
       </c>
       <c r="G65" s="18">
-        <v>0.99593484804488452</v>
+        <v>0.9959324065913584</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="15" t="s">
         <v>63</v>
       </c>
       <c r="B66" s="7">
-        <v>1758</v>
+        <v>1756</v>
       </c>
       <c r="C66" s="8">
-        <v>0.00033126896364068739</v>
+        <v>0.00033082950411370286</v>
       </c>
       <c r="D66" s="8">
-        <v>0.99686538156418514</v>
+        <v>0.99686239489663475</v>
       </c>
       <c r="E66" s="7">
-        <v>3267</v>
+        <v>3257</v>
       </c>
       <c r="F66" s="8">
-        <v>0.00037585542485813676</v>
+        <v>0.00037473910932441109</v>
       </c>
       <c r="G66" s="19">
-        <v>0.99631070346974282</v>
+        <v>0.99630714570068279</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="14" t="s">
         <v>64</v>
       </c>
       <c r="B67" s="2">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C67" s="1">
-        <v>0.000278883996694094</v>
+        <v>0.00027901964441480297</v>
       </c>
       <c r="D67" s="1">
-        <v>0.997144265560879</v>
+        <v>0.99714141454104954</v>
       </c>
       <c r="E67" s="2">
-        <v>2876</v>
+        <v>2877</v>
       </c>
       <c r="F67" s="1">
-        <v>0.00033087242176063706</v>
+        <v>0.00033101762896110864</v>
       </c>
       <c r="G67" s="18">
-        <v>0.99664157589150337</v>
+        <v>0.996638163329644</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="15" t="s">
         <v>65</v>
       </c>
       <c r="B68" s="7">
-        <v>1697</v>
+        <v>1695</v>
       </c>
       <c r="C68" s="8">
-        <v>0.00031977442053370106</v>
+        <v>0.00031933713523503784</v>
       </c>
       <c r="D68" s="8">
-        <v>0.99746403998141286</v>
+        <v>0.99746075167628456</v>
       </c>
       <c r="E68" s="7">
-        <v>2696</v>
+        <v>2694</v>
       </c>
       <c r="F68" s="8">
-        <v>0.00031016413388966534</v>
+        <v>0.0003099622844703603</v>
       </c>
       <c r="G68" s="19">
-        <v>0.996951740025393</v>
+        <v>0.99694812561411428</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="14" t="s">
         <v>66</v>
       </c>
       <c r="B69" s="2">
         <v>1382</v>
       </c>
       <c r="C69" s="1">
-        <v>0.00026041735366975536</v>
+        <v>0.00026036809492319894</v>
       </c>
       <c r="D69" s="1">
-        <v>0.99772445733508264</v>
+        <v>0.99772111977120781</v>
       </c>
       <c r="E69" s="2">
         <v>2414</v>
       </c>
       <c r="F69" s="1">
-        <v>0.00027772114955847631</v>
+        <v>0.00027774645683424268</v>
       </c>
       <c r="G69" s="18">
-        <v>0.99722946117495148</v>
+        <v>0.99722587207094859</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="15" t="s">
         <v>67</v>
       </c>
       <c r="B70" s="7">
-        <v>597</v>
+        <v>1183</v>
       </c>
       <c r="C70" s="8">
-        <v>0.00011249577434214469</v>
+        <v>0.00022287659645017685</v>
       </c>
       <c r="D70" s="8">
-        <v>0.99783695310942477</v>
+        <v>0.997943996367658</v>
       </c>
       <c r="E70" s="7">
-        <v>2375</v>
+        <v>2377</v>
       </c>
       <c r="F70" s="8">
-        <v>0.00027323435385309913</v>
+        <v>0.0002734893653251843</v>
       </c>
       <c r="G70" s="19">
-        <v>0.99750269552880466</v>
+        <v>0.9974993614362736</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="14" t="s">
         <v>68</v>
       </c>
       <c r="B71" s="2">
-        <v>1177</v>
+        <v>597</v>
       </c>
       <c r="C71" s="1">
-        <v>0.00022178815142496531</v>
+        <v>0.0001124744954190664</v>
       </c>
       <c r="D71" s="1">
-        <v>0.9980587412608497</v>
+        <v>0.998056470863077</v>
       </c>
       <c r="E71" s="2">
-        <v>2361</v>
+        <v>2375</v>
       </c>
       <c r="F71" s="1">
-        <v>0.00027162370924091244</v>
+        <v>0.00027325925227064056</v>
       </c>
       <c r="G71" s="18">
-        <v>0.99777431923804549</v>
+        <v>0.99777262068854433</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="15" t="s">
         <v>69</v>
       </c>
       <c r="B72" s="7">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="C72" s="8">
-        <v>0.00020935143265347195</v>
+        <v>0.00020987703165299831</v>
       </c>
       <c r="D72" s="8">
-        <v>0.998268092693503</v>
+        <v>0.9982663478947299</v>
       </c>
       <c r="E72" s="7">
-        <v>2356</v>
+        <v>2359</v>
       </c>
       <c r="F72" s="8">
-        <v>0.00027104847902227429</v>
+        <v>0.000271418347834291</v>
       </c>
       <c r="G72" s="19">
-        <v>0.99804536771706776</v>
+        <v>0.99804403903637851</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="14" t="s">
         <v>70</v>
       </c>
       <c r="B73" s="2">
         <v>1585</v>
       </c>
       <c r="C73" s="1">
-        <v>0.00029866968564874264</v>
+        <v>0.00029861319135547783</v>
       </c>
       <c r="D73" s="1">
-        <v>0.99856676237915187</v>
+        <v>0.9985649610860855</v>
       </c>
       <c r="E73" s="2">
         <v>2225</v>
       </c>
       <c r="F73" s="1">
-        <v>0.000255977447293956</v>
+        <v>0.00025600077317986328</v>
       </c>
       <c r="G73" s="18">
-        <v>0.99830134516436175</v>
+        <v>0.9983000398095585</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="15" t="s">
         <v>71</v>
       </c>
       <c r="B74" s="7">
         <v>1914</v>
       </c>
       <c r="C74" s="8">
-        <v>0.0003606648443733081</v>
+        <v>0.00036059662350434356</v>
       </c>
       <c r="D74" s="8">
-        <v>0.99892742722352512</v>
+        <v>0.99892555770958991</v>
       </c>
       <c r="E74" s="7">
         <v>2064</v>
       </c>
       <c r="F74" s="8">
-        <v>0.00023745503425380907</v>
+        <v>0.00023747667228909562</v>
       </c>
       <c r="G74" s="19">
-        <v>0.99853880019861552</v>
+        <v>0.99853751648184763</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="14" t="s">
         <v>72</v>
       </c>
       <c r="B75" s="2">
         <v>774</v>
       </c>
       <c r="C75" s="1">
-        <v>0.00014584879286569513</v>
+        <v>0.00014582120511617654</v>
       </c>
       <c r="D75" s="1">
-        <v>0.99907327601639084</v>
+        <v>0.99907137891470588</v>
       </c>
       <c r="E75" s="2">
         <v>2042</v>
       </c>
       <c r="F75" s="1">
-        <v>0.0002349240212918014</v>
+        <v>0.00023494542868911496</v>
       </c>
       <c r="G75" s="18">
-        <v>0.99877372421990729</v>
+        <v>0.99877246191053659</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="15" t="s">
         <v>73</v>
       </c>
       <c r="B76" s="7">
-        <v>1025</v>
+        <v>1024</v>
       </c>
       <c r="C76" s="8">
-        <v>0.00019314601122395029</v>
+        <v>0.00019292107756972195</v>
       </c>
       <c r="D76" s="8">
-        <v>0.99926642202761484</v>
+        <v>0.99926429999227562</v>
       </c>
       <c r="E76" s="7">
-        <v>1956</v>
+        <v>1955</v>
       </c>
       <c r="F76" s="8">
-        <v>0.00022503006153122603</v>
+        <v>0.00022493551081646416</v>
       </c>
       <c r="G76" s="19">
-        <v>0.99899875428143858</v>
+        <v>0.99899739742135318</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="14" t="s">
         <v>74</v>
       </c>
       <c r="B77" s="2">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C77" s="1">
-        <v>0.00013002024170197628</v>
+        <v>0.00013074924593104202</v>
       </c>
       <c r="D77" s="1">
-        <v>0.9993964422693169</v>
+        <v>0.99939504923820677</v>
       </c>
       <c r="E77" s="2">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="F77" s="1">
-        <v>0.00020961389167172486</v>
+        <v>0.00021032333185293936</v>
       </c>
       <c r="G77" s="18">
-        <v>0.99920836817311032</v>
+        <v>0.999207720753206</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="15" t="s">
         <v>75</v>
       </c>
       <c r="B78" s="7">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="C78" s="8">
-        <v>7.9331190951495667E-05</v>
+        <v>8.101178062009809E-05</v>
       </c>
       <c r="D78" s="8">
-        <v>0.99947577346026828</v>
+        <v>0.99947606101882669</v>
       </c>
       <c r="E78" s="7">
-        <v>1235</v>
+        <v>1246</v>
       </c>
       <c r="F78" s="8">
-        <v>0.00014208186400361153</v>
+        <v>0.00014336043298072344</v>
       </c>
       <c r="G78" s="19">
-        <v>0.99935045003711376</v>
+        <v>0.99935108118618687</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="14" t="s">
         <v>76</v>
       </c>
       <c r="B79" s="2">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="C79" s="1">
-        <v>0.00012738214984135647</v>
+        <v>0.00012660445715513002</v>
       </c>
       <c r="D79" s="1">
-        <v>0.99960315561010959</v>
+        <v>0.99960266547598187</v>
       </c>
       <c r="E79" s="2">
-        <v>1222</v>
+        <v>1204</v>
       </c>
       <c r="F79" s="1">
-        <v>0.00014058626543515245</v>
+        <v>0.00013852805883530581</v>
       </c>
       <c r="G79" s="18">
-        <v>0.9994910363025491</v>
+        <v>0.99948960924502217</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="15" t="s">
         <v>77</v>
       </c>
       <c r="B80" s="7">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C80" s="8">
-        <v>0.00011362638513955318</v>
+        <v>0.00011379329184776568</v>
       </c>
       <c r="D80" s="8">
-        <v>0.99971678199524916</v>
+        <v>0.99971645876782977</v>
       </c>
       <c r="E80" s="7">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F80" s="8">
-        <v>0.00013402864094267807</v>
+        <v>0.00013415591079897555</v>
       </c>
       <c r="G80" s="19">
-        <v>0.99962506494349168</v>
+        <v>0.99962376515582119</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="14" t="s">
         <v>78</v>
       </c>
       <c r="B81" s="2">
         <v>469</v>
       </c>
       <c r="C81" s="1">
-        <v>8.8376077330763587E-05</v>
+        <v>8.8359360722851165E-05</v>
       </c>
       <c r="D81" s="1">
-        <v>0.99980515807257986</v>
+        <v>0.99980481812855249</v>
       </c>
       <c r="E81" s="2">
         <v>1154</v>
       </c>
       <c r="F81" s="1">
-        <v>0.00013276313446167426</v>
+        <v>0.00013277523247171336</v>
       </c>
       <c r="G81" s="18">
-        <v>0.99975782807795333</v>
+        <v>0.99975654038829276</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="15" t="s">
         <v>79</v>
       </c>
       <c r="B82" s="7">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C82" s="8">
-        <v>7.6693099090875851E-05</v>
+        <v>7.6866991844186093E-05</v>
       </c>
       <c r="D82" s="8">
-        <v>0.99988185117167094</v>
+        <v>0.99988168512039677</v>
       </c>
       <c r="E82" s="7">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="F82" s="8">
-        <v>0.00011124952428460919</v>
+        <v>0.00011137471839914952</v>
       </c>
       <c r="G82" s="19">
-        <v>0.999869077602238</v>
+        <v>0.99986791510669182</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="14" t="s">
         <v>80</v>
       </c>
       <c r="B83" s="2">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C83" s="1">
-        <v>5.9168631731044273E-05</v>
+        <v>5.93458392914672E-05</v>
       </c>
       <c r="D83" s="1">
-        <v>0.999941019803402</v>
+        <v>0.99994103095968823</v>
       </c>
       <c r="E83" s="2">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F83" s="1">
-        <v>7.0063040630120982E-05</v>
+        <v>7.0184481635827687E-05</v>
       </c>
       <c r="G83" s="18">
-        <v>0.999939140642868</v>
+        <v>0.9999380995883278</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="15" t="s">
         <v>81</v>
       </c>
       <c r="B84" s="7">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="C84" s="8">
-        <v>3.429519418805751E-05</v>
+        <v>3.410030765636687E-05</v>
       </c>
       <c r="D84" s="8">
-        <v>0.99997531499759</v>
+        <v>0.9999751312673445</v>
       </c>
       <c r="E84" s="7">
-        <v>305</v>
+        <v>312</v>
       </c>
       <c r="F84" s="8">
-        <v>3.50890433369243E-05</v>
+        <v>3.5897636508816783E-05</v>
       </c>
       <c r="G84" s="19">
-        <v>0.999974229686205</v>
+        <v>0.99997399722483649</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="16" t="s">
         <v>82</v>
       </c>
       <c r="B85" s="11">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C85" s="12">
-        <v>2.468500241008535E-05</v>
+        <v>2.4868732655471969E-05</v>
       </c>
       <c r="D85" s="12">
         <v>1</v>
       </c>
       <c r="E85" s="11">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="F85" s="12">
-        <v>2.577031379498703E-05</v>
+        <v>2.6002775163437795E-05</v>
       </c>
       <c r="G85" s="20">
         <v>1</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="23" t="s">
         <v>83</v>
       </c>
       <c r="B86" s="21">
-        <v>5306866</v>
+        <v>5307870</v>
       </c>
       <c r="C86" s="22"/>
       <c r="D86" s="22"/>
       <c r="E86" s="21">
-        <v>8692172</v>
+        <v>8691380</v>
       </c>
       <c r="F86" s="22"/>
       <c r="G86" s="24"/>
     </row>
   </sheetData>
   <headerFooter/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>